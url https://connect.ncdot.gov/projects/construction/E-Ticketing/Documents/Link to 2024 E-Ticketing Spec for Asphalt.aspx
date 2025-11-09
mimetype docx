--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -4914,51 +4914,51 @@
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c23742cf94ad0a0e7bab87a915dfda6e">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffedd593490c698031bc201de61435e0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5200,51 +5200,51 @@
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19FF9610-EFA1-4A37-B267-D6B6F2908E9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7B33E7B-BDBA-464F-9F19-BAA88D079788}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34ADC5CA-706D-4DA2-8196-7ED909ED54F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{889DF6E1-4C71-452C-B7F4-1FF6A67F8B62}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED1D00B6-CC96-4E60-948D-C0343E95ADF6}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3BB00D7-87CE-47D3-BC4D-30A56196D6B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>409</Words>
   <Characters>2335</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>