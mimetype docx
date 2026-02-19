--- v1 (2025-11-09)
+++ v2 (2026-02-19)
@@ -4914,51 +4914,51 @@
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffedd593490c698031bc201de61435e0">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c95d1010392b3754d8c5311cc97ad3d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5200,51 +5200,51 @@
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19FF9610-EFA1-4A37-B267-D6B6F2908E9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7B33E7B-BDBA-464F-9F19-BAA88D079788}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34ADC5CA-706D-4DA2-8196-7ED909ED54F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED1D00B6-CC96-4E60-948D-C0343E95ADF6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24D1789C-9392-4929-A010-FEB73805EF1B}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3BB00D7-87CE-47D3-BC4D-30A56196D6B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>409</Words>
   <Characters>2335</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>