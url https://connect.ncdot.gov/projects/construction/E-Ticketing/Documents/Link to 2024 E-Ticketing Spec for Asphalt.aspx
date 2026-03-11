--- v2 (2026-02-19)
+++ v3 (2026-03-11)
@@ -4914,51 +4914,51 @@
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c95d1010392b3754d8c5311cc97ad3d">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="053227eecccef1b19e79baed1dc52e39">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5200,51 +5200,51 @@
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19FF9610-EFA1-4A37-B267-D6B6F2908E9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7B33E7B-BDBA-464F-9F19-BAA88D079788}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34ADC5CA-706D-4DA2-8196-7ED909ED54F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24D1789C-9392-4929-A010-FEB73805EF1B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73E33F9A-0B10-49C6-9E76-4EE82810975A}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3BB00D7-87CE-47D3-BC4D-30A56196D6B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>409</Words>
   <Characters>2335</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>